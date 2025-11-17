--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -284,51 +284,51 @@
   <si>
     <t>Общество с ограниченной ответственностью Страховая компания «Орбита»</t>
   </si>
   <si>
     <t>Акционерное общество «Страховая компания «Мед-Гарант»</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «Страховая группа «АСКО»</t>
   </si>
   <si>
     <t>Информация по страховым организациям в стадии конкурсного производства, конкурсным управляющим которых является ГК «АСВ»</t>
   </si>
   <si>
     <t>Адрес для приема почтовой корреспонденции: 
 109992, г. Москва, ГСП-2;
 Адрес для приема корреспонденции через экспедицию:
 115114 г. Москва, Павелецкая наб., д. 8.</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «Страховая компания «Вектор»</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «Региональный Страховой Центр»</t>
   </si>
   <si>
-    <t>Информация по состоянию на 01.10.2025</t>
+    <t>Информация по состоянию на 01.11.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0000"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>