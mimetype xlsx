--- v1 (2025-11-17)
+++ v2 (2026-03-05)
@@ -44,74 +44,72 @@
   <c r="A10" i="1" s="1"/>
   <c r="A11" i="1" s="1"/>
   <c r="A12" i="1" s="1"/>
   <c r="A13" i="1" s="1"/>
   <c r="A14" i="1" s="1"/>
   <c r="A15" i="1" s="1"/>
   <c r="A16" i="1" s="1"/>
   <c r="A17" i="1" s="1"/>
   <c r="A18" i="1" s="1"/>
   <c r="A19" i="1" s="1"/>
   <c r="A20" i="1" s="1"/>
   <c r="A21" i="1" s="1"/>
   <c r="A22" i="1" s="1"/>
   <c r="A23" i="1" s="1"/>
   <c r="A24" i="1" s="1"/>
   <c r="A25" i="1" s="1"/>
   <c r="A26" i="1" s="1"/>
   <c r="A27" i="1" s="1"/>
   <c r="A28" i="1" s="1"/>
   <c r="A29" i="1" s="1"/>
   <c r="A30" i="1" s="1"/>
   <c r="A31" i="1" s="1"/>
   <c r="A32" i="1" s="1"/>
   <c r="A33" i="1" s="1"/>
   <c r="A34" i="1" s="1"/>
+  <c r="A35" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="81">
   <si>
     <t xml:space="preserve">№ </t>
   </si>
   <si>
     <t>Наименование субъекта страхового дела</t>
   </si>
   <si>
     <t>Дата отзыва лицензии</t>
   </si>
   <si>
     <t>Номер приказа</t>
   </si>
   <si>
     <t>Основания отзыва лицензии</t>
   </si>
   <si>
-    <t>Дата открытия конкурсного производства</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Текущий статус </t>
   </si>
   <si>
     <t>ОД-1762</t>
   </si>
   <si>
     <t>нарушения</t>
   </si>
   <si>
     <t>банкротство</t>
   </si>
   <si>
     <t>ОД-1873</t>
   </si>
   <si>
     <t>ОД-999</t>
   </si>
   <si>
     <t>Громова Дарья Николаевна</t>
   </si>
   <si>
     <t>ОД-2046</t>
   </si>
   <si>
     <t>Батрак Дмитрий Всеволодович</t>
@@ -269,66 +267,79 @@
   <si>
     <t>Общество с ограниченной ответственностью «КРК-Страхование»</t>
   </si>
   <si>
     <t>Акционерное общество «Страховая компания «Стерх»</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «Поволжский страховой альянс»</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «Страховая компания «РЕСПЕКТ»</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «Страховая компания «СЕРВИСРЕЗЕРВ»</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью Страховая компания «Орбита»</t>
   </si>
   <si>
     <t>Акционерное общество «Страховая компания «Мед-Гарант»</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «Страховая группа «АСКО»</t>
   </si>
   <si>
-    <t>Информация по страховым организациям в стадии конкурсного производства, конкурсным управляющим которых является ГК «АСВ»</t>
+    <t>Общество с ограниченной ответственностью «Страховая компания «Вектор»</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Региональный Страховой Центр»</t>
+  </si>
+  <si>
+    <t>ликвидация</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «СТРАХОВАЯ КОМПАНИЯ «ХАТХОР»</t>
+  </si>
+  <si>
+    <t>ОД-1469</t>
+  </si>
+  <si>
+    <t>Информация по страховым организациям в стадии конкурсного производства (принудительной ликвидации), конкурсным управляющим (ликвидатором) которых является ГК «АСВ»</t>
   </si>
   <si>
     <t>Адрес для приема почтовой корреспонденции: 
-109992, г. Москва, ГСП-2;
+109992, г. Москва, Бокс №1312;
 Адрес для приема корреспонденции через экспедицию:
 115114 г. Москва, Павелецкая наб., д. 8.</t>
   </si>
   <si>
-    <t>Общество с ограниченной ответственностью «Страховая компания «Вектор»</t>
-[...5 lines deleted...]
-    <t>Информация по состоянию на 01.11.2025</t>
+    <t>Дата открытия конкурсного производства
+(введения процедуры принудительной ликвидации)</t>
+  </si>
+  <si>
+    <t>Информация по состоянию на 01.03.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0000"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
@@ -441,99 +452,102 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2" xfId="1"/>
   </cellStyles>
   <dxfs count="14">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="14"/>
         <color auto="1"/>
         <name val="Times New Roman"/>
         <scheme val="none"/>
       </font>
@@ -937,58 +951,57 @@
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Таблица1316" displayName="Таблица1316" ref="A3:I34" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10" totalsRowBorderDxfId="9">
-  <autoFilter ref="A3:I34"/>
   <tableColumns count="9">
     <tableColumn id="1" name="№ " dataDxfId="8"/>
     <tableColumn id="2" name="Наименование субъекта страхового дела" dataDxfId="7"/>
     <tableColumn id="3" name="Дата отзыва лицензии" dataDxfId="6"/>
     <tableColumn id="4" name="Номер приказа" dataDxfId="5"/>
     <tableColumn id="11" name="Основания отзыва лицензии" dataDxfId="4"/>
-    <tableColumn id="5" name="Дата открытия конкурсного производства" dataDxfId="3"/>
+    <tableColumn id="5" name="Дата открытия конкурсного производства_x000a_(введения процедуры принудительной ликвидации)" dataDxfId="3"/>
     <tableColumn id="7" name="Текущий статус " dataDxfId="2"/>
     <tableColumn id="9" name="ФИО представтеля конкурсного управляющего" dataDxfId="1"/>
     <tableColumn id="12" name="Контакты" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1244,1051 +1257,1082 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I34"/>
+  <dimension ref="A1:I35"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.85546875" customWidth="1"/>
     <col min="2" max="2" width="91.85546875" customWidth="1"/>
     <col min="3" max="3" width="15.42578125" customWidth="1"/>
     <col min="4" max="4" width="11.5703125" customWidth="1"/>
     <col min="5" max="5" width="15.28515625" customWidth="1"/>
-    <col min="6" max="6" width="18.5703125" customWidth="1"/>
+    <col min="6" max="6" width="23" customWidth="1"/>
     <col min="7" max="7" width="19.85546875" customWidth="1"/>
     <col min="8" max="8" width="40.42578125" customWidth="1"/>
     <col min="9" max="9" width="58.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="17" t="s">
-[...9 lines deleted...]
-      <c r="I1" s="17"/>
+      <c r="A1" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
     </row>
     <row r="2" spans="1:9" ht="19.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="18" t="s">
-[...11 lines deleted...]
-    <row r="3" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+      <c r="A2" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" s="19"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+      <c r="G2" s="19"/>
+      <c r="H2" s="19"/>
+      <c r="I2" s="19"/>
+    </row>
+    <row r="3" spans="1:9" ht="138" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I3" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3">
         <v>1</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="C4" s="5">
-[...18 lines deleted...]
-        <v>74</v>
+      <c r="C4" s="6">
+        <v>42131</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="6">
+        <v>42881</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="I4" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="3">
-        <f t="shared" ref="A5:A34" si="0">A4+1</f>
+        <f>A4+1</f>
         <v>2</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>71</v>
-[...20 lines deleted...]
-        <v>74</v>
+        <v>48</v>
+      </c>
+      <c r="C5" s="6">
+        <v>42473</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="F5" s="6">
+        <v>43012</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I5" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="A6:A34" si="0">A5+1</f>
         <v>3</v>
       </c>
-      <c r="B6" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B6" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" s="16">
+        <v>42523</v>
+      </c>
+      <c r="D6" s="17" t="s">
+        <v>6</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F6" s="9">
+        <v>42811</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I6" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="B7" s="10" t="s">
-[...14 lines deleted...]
-      <c r="G7" s="12" t="s">
+      <c r="B7" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" s="9">
+        <v>42537</v>
+      </c>
+      <c r="D7" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="H7" s="13" t="s">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="E7" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F7" s="9">
+        <v>42765</v>
+      </c>
+      <c r="G7" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="I7" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
-      <c r="B8" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B8" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" s="9">
+        <v>42761</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F8" s="9">
+        <v>43186</v>
+      </c>
+      <c r="G8" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
-      <c r="B9" s="10" t="s">
-[...14 lines deleted...]
-      <c r="G9" s="12" t="s">
+      <c r="B9" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" s="16">
+        <v>42922</v>
+      </c>
+      <c r="D9" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="H9" s="9" t="s">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="E9" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F9" s="9">
+        <v>42906</v>
+      </c>
+      <c r="G9" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I9" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
-      <c r="B10" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B10" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" s="9">
+        <v>42936</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F10" s="9">
+        <v>42983</v>
+      </c>
+      <c r="G10" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
-      <c r="B11" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B11" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" s="9">
+        <v>42950</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F11" s="9">
+        <v>43452</v>
+      </c>
+      <c r="G11" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
-      <c r="B12" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B12" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="9">
+        <v>42976</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F12" s="9">
+        <v>43024</v>
+      </c>
+      <c r="G12" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H12" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
-      <c r="B13" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B13" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C13" s="9">
+        <v>43069</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F13" s="9">
+        <v>43111</v>
+      </c>
+      <c r="G13" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H13" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="I13" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
-      <c r="B14" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="11">
+      <c r="B14" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="9">
         <v>43090</v>
       </c>
-      <c r="D14" s="12" t="s">
+      <c r="D14" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F14" s="9">
+        <v>43207</v>
+      </c>
+      <c r="G14" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H14" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="E14" s="12" t="s">
-[...12 lines deleted...]
-        <v>74</v>
+      <c r="I14" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
-      <c r="B15" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="11">
+      <c r="B15" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" s="9">
         <v>43132</v>
       </c>
-      <c r="D15" s="12" t="s">
-[...5 lines deleted...]
-      <c r="F15" s="11">
+      <c r="D15" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F15" s="9">
         <v>43242</v>
       </c>
-      <c r="G15" s="12" t="s">
-[...6 lines deleted...]
-        <v>74</v>
+      <c r="G15" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H15" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
-      <c r="B16" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B16" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" s="9">
+        <v>43139</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F16" s="9">
+        <v>43174</v>
+      </c>
+      <c r="G16" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
-      <c r="B17" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="11">
+      <c r="B17" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C17" s="9">
         <v>43217</v>
       </c>
-      <c r="D17" s="12" t="s">
-[...15 lines deleted...]
-        <v>74</v>
+      <c r="D17" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F17" s="9">
+        <v>43269</v>
+      </c>
+      <c r="G17" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H17" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="I17" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
-      <c r="B18" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B18" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" s="9">
+        <v>43217</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F18" s="9">
+        <v>43342</v>
+      </c>
+      <c r="G18" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H18" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
-      <c r="B19" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B19" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19" s="9">
+        <v>43293</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F19" s="9">
+        <v>43418</v>
+      </c>
+      <c r="G19" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H19" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
-      <c r="B20" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B20" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C20" s="9">
+        <v>43307</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F20" s="9">
+        <v>43599</v>
+      </c>
+      <c r="G20" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H20" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
-      <c r="B21" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="11">
+      <c r="B21" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C21" s="9">
         <v>43335</v>
       </c>
-      <c r="D21" s="12" t="s">
-[...5 lines deleted...]
-      <c r="F21" s="11">
+      <c r="D21" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F21" s="9">
         <v>43508</v>
       </c>
-      <c r="G21" s="12" t="s">
-[...6 lines deleted...]
-        <v>74</v>
+      <c r="G21" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H21" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="I21" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
-      <c r="B22" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B22" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" s="9">
+        <v>43349</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F22" s="9">
+        <v>43446</v>
+      </c>
+      <c r="G22" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H22" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="I22" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
-      <c r="B23" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B23" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C23" s="9">
+        <v>43405</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E23" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F23" s="9">
+        <v>43538</v>
+      </c>
+      <c r="G23" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H23" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
-      <c r="B24" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B24" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="9">
+        <v>43538</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F24" s="9">
+        <v>43704</v>
+      </c>
+      <c r="G24" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H24" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>63</v>
-[...20 lines deleted...]
-        <v>74</v>
+        <v>61</v>
+      </c>
+      <c r="C25" s="6">
+        <v>43552</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F25" s="9">
+        <v>43668</v>
+      </c>
+      <c r="G25" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H25" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <f t="shared" si="0"/>
         <v>23</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>64</v>
-[...10 lines deleted...]
-      <c r="F26" s="11">
+        <v>62</v>
+      </c>
+      <c r="C26" s="6">
+        <v>43599</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F26" s="9">
         <v>43704</v>
       </c>
-      <c r="G26" s="12" t="s">
-[...6 lines deleted...]
-        <v>74</v>
+      <c r="G26" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I26" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>65</v>
-[...20 lines deleted...]
-        <v>74</v>
+        <v>67</v>
+      </c>
+      <c r="C27" s="6">
+        <v>43599</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F27" s="9">
+        <v>43851</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <f t="shared" si="0"/>
         <v>25</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>66</v>
-[...20 lines deleted...]
-        <v>74</v>
+        <v>64</v>
+      </c>
+      <c r="C28" s="6">
+        <v>43692</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F28" s="9">
+        <v>43801</v>
+      </c>
+      <c r="G28" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I28" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <f t="shared" si="0"/>
         <v>26</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>67</v>
-[...20 lines deleted...]
-        <v>74</v>
+        <v>68</v>
+      </c>
+      <c r="C29" s="6">
+        <v>43703</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E29" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F29" s="9">
+        <v>43887</v>
+      </c>
+      <c r="G29" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I29" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <f t="shared" si="0"/>
         <v>27</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>68</v>
-[...20 lines deleted...]
-        <v>74</v>
+        <v>66</v>
+      </c>
+      <c r="C30" s="6">
+        <v>43713</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F30" s="9">
+        <v>43844</v>
+      </c>
+      <c r="G30" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <f t="shared" si="0"/>
         <v>28</v>
       </c>
-      <c r="B31" s="10" t="s">
-[...21 lines deleted...]
-        <v>74</v>
+      <c r="B31" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C31" s="9">
+        <v>43765</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F31" s="9">
+        <v>43839</v>
+      </c>
+      <c r="G31" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H31" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
-      <c r="B32" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="11">
+      <c r="B32" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C32" s="9">
         <v>43811</v>
       </c>
-      <c r="D32" s="12" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="11">
+      <c r="D32" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F32" s="9">
         <v>44014</v>
       </c>
-      <c r="G32" s="12" t="s">
-[...6 lines deleted...]
-        <v>74</v>
+      <c r="G32" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H32" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="I32" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
-      <c r="B33" s="10" t="s">
+      <c r="B33" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C33" s="9">
+        <v>44175</v>
+      </c>
+      <c r="D33" s="14" t="s">
         <v>42</v>
       </c>
-      <c r="C33" s="11">
-[...2 lines deleted...]
-      <c r="D33" s="16" t="s">
+      <c r="E33" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F33" s="13">
+        <v>44308</v>
+      </c>
+      <c r="G33" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H33" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="12" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="3">
+        <f t="shared" si="0"/>
+        <v>31</v>
+      </c>
+      <c r="B34" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="E33" s="12" t="s">
-[...11 lines deleted...]
-      <c r="I33" s="14" t="s">
+      <c r="C34" s="9">
+        <v>44190</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="F34" s="9">
+        <v>44392</v>
+      </c>
+      <c r="G34" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H34" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="I34" s="12" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="63" x14ac:dyDescent="0.25">
+      <c r="A35" s="4">
+        <f>A34+1</f>
+        <v>32</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C35" s="6">
+        <v>45848</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="F35" s="15">
+        <v>46016</v>
+      </c>
+      <c r="G35" s="5" t="s">
         <v>74</v>
       </c>
-    </row>
-[...27 lines deleted...]
-        <v>74</v>
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="12" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>